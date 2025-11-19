--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PP2 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="511" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="34">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>TOTAL NUMBER OF ACQUIRING TRANSACTIONS OF PAYMENT INSTRUMENTS IN EURO - year 2025</t>
   </si>
   <si>
     <t>Reporting period</t>
   </si>
   <si>
     <t>Description of transaction</t>
   </si>
   <si>
     <t>Own</t>
   </si>
@@ -89,63 +89,78 @@
   <si>
     <t> Cash withdrawal</t>
   </si>
   <si>
     <t> Purchase</t>
   </si>
   <si>
     <t> JANUARY</t>
   </si>
   <si>
     <t> Transfer</t>
   </si>
   <si>
     <t> Issuing (loading) of e-money</t>
   </si>
   <si>
     <t> Redemption of e-money</t>
   </si>
   <si>
     <t> Total</t>
   </si>
   <si>
     <t> FEBRUARY</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> MARCH</t>
   </si>
   <si>
     <t> APRIL</t>
   </si>
   <si>
     <t> MAY</t>
   </si>
   <si>
     <t> JUNE</t>
   </si>
   <si>
+    <t> JULY</t>
+  </si>
+  <si>
+    <t> AUGUST</t>
+  </si>
+  <si>
+    <t> SEPTEMBER</t>
+  </si>
+  <si>
     <t> TOTAL</t>
+  </si>
+  <si>
+    <t>* data have been revised from the previous release</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -519,51 +534,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R58"/>
+  <dimension ref="A1:R80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="32" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
   </cols>
   <sheetData>
@@ -1548,83 +1563,83 @@
       <c r="A26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B26" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C26" s="8">
         <v>13255413</v>
       </c>
       <c r="D26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E26" s="8">
         <v>431755</v>
       </c>
       <c r="F26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G26" s="8">
         <v>38346727</v>
       </c>
       <c r="H26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I26" s="8">
-        <v>1338279</v>
+        <v>1338281</v>
       </c>
       <c r="J26" t="s" s="7">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="K26" s="8">
         <v>4131327</v>
       </c>
       <c r="L26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M26" s="8">
         <v>222127</v>
       </c>
       <c r="N26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O26" s="8">
         <v>55733467</v>
       </c>
       <c r="P26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q26" s="8">
-        <v>1992161</v>
+        <v>1992163</v>
       </c>
       <c r="R26" t="s" s="7">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" t="s" s="7">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B27" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C27" s="8">
         <v>213955</v>
       </c>
       <c r="D27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E27" s="8">
         <v/>
       </c>
       <c r="F27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G27" s="8">
         <v/>
       </c>
       <c r="H27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I27" s="8">
         <v/>
       </c>
@@ -1772,78 +1787,78 @@
       <c r="A30" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B30" t="s" s="9">
         <v>22</v>
       </c>
       <c r="C30" s="10">
         <v>20648670</v>
       </c>
       <c r="D30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E30" s="10">
         <v>878011</v>
       </c>
       <c r="F30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G30" s="10">
         <v>39002602</v>
       </c>
       <c r="H30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I30" s="10">
-        <v>1358866</v>
+        <v>1358868</v>
       </c>
       <c r="J30" t="s" s="9">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="K30" s="10">
         <v>4295347</v>
       </c>
       <c r="L30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M30" s="10">
         <v>228117</v>
       </c>
       <c r="N30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O30" s="10">
         <v>63946619</v>
       </c>
       <c r="P30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q30" s="10">
-        <v>2464994</v>
+        <v>2464996</v>
       </c>
       <c r="R30" t="s" s="9">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B31" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C31" s="8">
         <v>445288</v>
       </c>
       <c r="D31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E31" s="8">
         <v>182335</v>
       </c>
       <c r="F31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G31" s="8">
         <v/>
       </c>
       <c r="H31" t="s" s="7">
@@ -1972,51 +1987,51 @@
       </c>
       <c r="L33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M33" s="8">
         <v>301748</v>
       </c>
       <c r="N33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O33" s="8">
         <v>59143673</v>
       </c>
       <c r="P33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q33" s="8">
         <v>2144288</v>
       </c>
       <c r="R33" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B34" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C34" s="8">
         <v>207418</v>
       </c>
       <c r="D34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E34" s="8">
         <v/>
       </c>
       <c r="F34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G34" s="8">
         <v/>
       </c>
       <c r="H34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I34" s="8">
         <v/>
       </c>
@@ -2364,51 +2379,51 @@
       </c>
       <c r="L40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M40" s="8">
         <v>397496</v>
       </c>
       <c r="N40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O40" s="8">
         <v>64339661</v>
       </c>
       <c r="P40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q40" s="8">
         <v>2381246</v>
       </c>
       <c r="R40" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B41" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C41" s="8">
         <v>221862</v>
       </c>
       <c r="D41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E41" s="8">
         <v/>
       </c>
       <c r="F41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G41" s="8">
         <v/>
       </c>
       <c r="H41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I41" s="8">
         <v/>
       </c>
@@ -2756,51 +2771,51 @@
       </c>
       <c r="L47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M47" s="8">
         <v>514199</v>
       </c>
       <c r="N47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O47" s="8">
         <v>70892127</v>
       </c>
       <c r="P47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q47" s="8">
         <v>2513782</v>
       </c>
       <c r="R47" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" t="s" s="7">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B48" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C48" s="8">
         <v>212039</v>
       </c>
       <c r="D48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E48" s="8">
         <v/>
       </c>
       <c r="F48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G48" s="8">
         <v/>
       </c>
       <c r="H48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I48" s="8">
         <v/>
       </c>
@@ -2986,432 +3001,1613 @@
       </c>
       <c r="N51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O51" s="10">
         <v>79672204</v>
       </c>
       <c r="P51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q51" s="10">
         <v>3020868</v>
       </c>
       <c r="R51" t="s" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B52" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C52" s="8">
-        <v>2598459</v>
+        <v>473209</v>
       </c>
       <c r="D52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E52" s="8">
-        <v>1066387</v>
+        <v>215700</v>
       </c>
       <c r="F52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G52" s="8">
         <v/>
       </c>
       <c r="H52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I52" s="8">
         <v/>
       </c>
       <c r="J52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K52" s="8">
         <v/>
       </c>
       <c r="L52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M52" s="8">
         <v/>
       </c>
       <c r="N52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O52" s="8">
-        <v>2598459</v>
+        <v>473209</v>
       </c>
       <c r="P52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q52" s="8">
-        <v>1066387</v>
+        <v>215700</v>
       </c>
       <c r="R52" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B53" t="s" s="7">
         <v>16</v>
       </c>
       <c r="C53" s="8">
-        <v>39620530</v>
+        <v>6680965</v>
       </c>
       <c r="D53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E53" s="8">
-        <v>1557096</v>
+        <v>281571</v>
       </c>
       <c r="F53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G53" s="8">
-        <v>3894466</v>
+        <v>726980</v>
       </c>
       <c r="H53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I53" s="8">
-        <v>124080</v>
+        <v>23939</v>
       </c>
       <c r="J53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K53" s="8">
-        <v>1759142</v>
+        <v>967958</v>
       </c>
       <c r="L53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M53" s="8">
-        <v>42606</v>
+        <v>13218</v>
       </c>
       <c r="N53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O53" s="8">
-        <v>45274138</v>
+        <v>8375903</v>
       </c>
       <c r="P53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q53" s="8">
-        <v>1723782</v>
+        <v>318728</v>
       </c>
       <c r="R53" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B54" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C54" s="8">
-        <v>79870386</v>
+        <v>15188972</v>
       </c>
       <c r="D54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E54" s="8">
-        <v>2638226</v>
+        <v>537012</v>
       </c>
       <c r="F54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G54" s="8">
-        <v>225780159</v>
+        <v>40609829</v>
       </c>
       <c r="H54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I54" s="8">
-        <v>8154597</v>
+        <v>1552008</v>
       </c>
       <c r="J54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K54" s="8">
-        <v>44927079</v>
+        <v>26460588</v>
       </c>
       <c r="L54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M54" s="8">
-        <v>1801253</v>
+        <v>653693</v>
       </c>
       <c r="N54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O54" s="8">
-        <v>350577624</v>
+        <v>82259389</v>
       </c>
       <c r="P54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q54" s="8">
-        <v>12594076</v>
+        <v>2742713</v>
       </c>
       <c r="R54" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" t="s" s="7">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B55" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C55" s="8">
-        <v>1228248</v>
+        <v>227648</v>
       </c>
       <c r="D55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E55" s="8">
         <v/>
       </c>
       <c r="F55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G55" s="8">
         <v/>
       </c>
       <c r="H55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I55" s="8">
         <v/>
       </c>
       <c r="J55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K55" s="8">
         <v/>
       </c>
       <c r="L55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M55" s="8">
         <v/>
       </c>
       <c r="N55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O55" s="8">
-        <v>1228248</v>
+        <v>227648</v>
       </c>
       <c r="P55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q55" s="8">
         <v>0</v>
       </c>
       <c r="R55" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B56" t="s" s="7">
         <v>20</v>
       </c>
       <c r="C56" s="8">
-        <v>10353</v>
+        <v>1838</v>
       </c>
       <c r="D56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E56" s="8">
         <v/>
       </c>
       <c r="F56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G56" s="8">
         <v/>
       </c>
       <c r="H56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I56" s="8">
         <v/>
       </c>
       <c r="J56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K56" s="8">
         <v/>
       </c>
       <c r="L56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M56" s="8">
         <v/>
       </c>
       <c r="N56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O56" s="8">
-        <v>10353</v>
+        <v>1838</v>
       </c>
       <c r="P56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q56" s="8">
         <v>0</v>
       </c>
       <c r="R56" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B57" t="s" s="7">
         <v>21</v>
       </c>
       <c r="C57" s="8">
-        <v>76456</v>
+        <v>13413</v>
       </c>
       <c r="D57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E57" s="8">
-        <v>955</v>
+        <v>146</v>
       </c>
       <c r="F57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G57" s="8">
         <v/>
       </c>
       <c r="H57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I57" s="8">
         <v/>
       </c>
       <c r="J57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K57" s="8">
         <v/>
       </c>
       <c r="L57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M57" s="8">
         <v/>
       </c>
       <c r="N57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O57" s="8">
-        <v>76456</v>
+        <v>13413</v>
       </c>
       <c r="P57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q57" s="8">
-        <v>955</v>
+        <v>146</v>
       </c>
       <c r="R57" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B58" t="s" s="9">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C58" s="10">
-        <v>123404432</v>
+        <v>22586045</v>
       </c>
       <c r="D58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E58" s="10">
-        <v>5262664</v>
+        <v>1034429</v>
       </c>
       <c r="F58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G58" s="10">
-        <v>229674625</v>
+        <v>41336809</v>
       </c>
       <c r="H58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I58" s="10">
-        <v>8278677</v>
+        <v>1575947</v>
       </c>
       <c r="J58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="K58" s="10">
-        <v>46686221</v>
+        <v>27428546</v>
       </c>
       <c r="L58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M58" s="10">
-        <v>1843859</v>
+        <v>666911</v>
       </c>
       <c r="N58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O58" s="10">
-        <v>399765278</v>
+        <v>91351400</v>
       </c>
       <c r="P58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q58" s="10">
-        <v>15385200</v>
+        <v>3277287</v>
       </c>
       <c r="R58" t="s" s="9">
         <v>14</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18">
+      <c r="A59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B59" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C59" s="8">
+        <v>433900</v>
+      </c>
+      <c r="D59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E59" s="8">
+        <v>192758</v>
+      </c>
+      <c r="F59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G59" s="8">
+        <v/>
+      </c>
+      <c r="H59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I59" s="8">
+        <v/>
+      </c>
+      <c r="J59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K59" s="8">
+        <v/>
+      </c>
+      <c r="L59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M59" s="8">
+        <v/>
+      </c>
+      <c r="N59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O59" s="8">
+        <v>433900</v>
+      </c>
+      <c r="P59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q59" s="8">
+        <v>192758</v>
+      </c>
+      <c r="R59" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18">
+      <c r="A60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B60" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C60" s="8">
+        <v>6349895</v>
+      </c>
+      <c r="D60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E60" s="8">
+        <v>260089</v>
+      </c>
+      <c r="F60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G60" s="8">
+        <v>719043</v>
+      </c>
+      <c r="H60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I60" s="8">
+        <v>21877</v>
+      </c>
+      <c r="J60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K60" s="8">
+        <v>1056665</v>
+      </c>
+      <c r="L60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M60" s="8">
+        <v>13261</v>
+      </c>
+      <c r="N60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O60" s="8">
+        <v>8125603</v>
+      </c>
+      <c r="P60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q60" s="8">
+        <v>295227</v>
+      </c>
+      <c r="R60" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18">
+      <c r="A61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B61" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C61" s="8">
+        <v>14610006</v>
+      </c>
+      <c r="D61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E61" s="8">
+        <v>475711</v>
+      </c>
+      <c r="F61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G61" s="8">
+        <v>37984634</v>
+      </c>
+      <c r="H61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I61" s="8">
+        <v>1337515</v>
+      </c>
+      <c r="J61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K61" s="8">
+        <v>27919158</v>
+      </c>
+      <c r="L61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M61" s="8">
+        <v>682589</v>
+      </c>
+      <c r="N61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O61" s="8">
+        <v>80513798</v>
+      </c>
+      <c r="P61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q61" s="8">
+        <v>2495815</v>
+      </c>
+      <c r="R61" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18">
+      <c r="A62" t="s" s="7">
+        <v>30</v>
+      </c>
+      <c r="B62" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C62" s="8">
+        <v>240159</v>
+      </c>
+      <c r="D62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E62" s="8">
+        <v/>
+      </c>
+      <c r="F62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G62" s="8">
+        <v/>
+      </c>
+      <c r="H62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I62" s="8">
+        <v/>
+      </c>
+      <c r="J62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K62" s="8">
+        <v/>
+      </c>
+      <c r="L62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M62" s="8">
+        <v/>
+      </c>
+      <c r="N62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O62" s="8">
+        <v>240159</v>
+      </c>
+      <c r="P62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q62" s="8">
+        <v>0</v>
+      </c>
+      <c r="R62" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18">
+      <c r="A63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B63" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C63" s="8">
+        <v>1676</v>
+      </c>
+      <c r="D63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E63" s="8">
+        <v/>
+      </c>
+      <c r="F63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G63" s="8">
+        <v/>
+      </c>
+      <c r="H63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I63" s="8">
+        <v/>
+      </c>
+      <c r="J63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K63" s="8">
+        <v/>
+      </c>
+      <c r="L63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M63" s="8">
+        <v/>
+      </c>
+      <c r="N63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O63" s="8">
+        <v>1676</v>
+      </c>
+      <c r="P63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q63" s="8">
+        <v>0</v>
+      </c>
+      <c r="R63" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18">
+      <c r="A64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B64" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C64" s="8">
+        <v>14655</v>
+      </c>
+      <c r="D64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E64" s="8">
+        <v>128</v>
+      </c>
+      <c r="F64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G64" s="8">
+        <v/>
+      </c>
+      <c r="H64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I64" s="8">
+        <v/>
+      </c>
+      <c r="J64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K64" s="8">
+        <v/>
+      </c>
+      <c r="L64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M64" s="8">
+        <v/>
+      </c>
+      <c r="N64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O64" s="8">
+        <v>14655</v>
+      </c>
+      <c r="P64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q64" s="8">
+        <v>128</v>
+      </c>
+      <c r="R64" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18">
+      <c r="A65" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B65" t="s" s="9">
+        <v>22</v>
+      </c>
+      <c r="C65" s="10">
+        <v>21650291</v>
+      </c>
+      <c r="D65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E65" s="10">
+        <v>928686</v>
+      </c>
+      <c r="F65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G65" s="10">
+        <v>38703677</v>
+      </c>
+      <c r="H65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I65" s="10">
+        <v>1359392</v>
+      </c>
+      <c r="J65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K65" s="10">
+        <v>28975823</v>
+      </c>
+      <c r="L65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M65" s="10">
+        <v>695850</v>
+      </c>
+      <c r="N65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O65" s="10">
+        <v>89329791</v>
+      </c>
+      <c r="P65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q65" s="10">
+        <v>2983928</v>
+      </c>
+      <c r="R65" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18">
+      <c r="A66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B66" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C66" s="8">
+        <v>472495</v>
+      </c>
+      <c r="D66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E66" s="8">
+        <v>203827</v>
+      </c>
+      <c r="F66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G66" s="8">
+        <v/>
+      </c>
+      <c r="H66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I66" s="8">
+        <v/>
+      </c>
+      <c r="J66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K66" s="8">
+        <v/>
+      </c>
+      <c r="L66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M66" s="8">
+        <v/>
+      </c>
+      <c r="N66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O66" s="8">
+        <v>472495</v>
+      </c>
+      <c r="P66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q66" s="8">
+        <v>203827</v>
+      </c>
+      <c r="R66" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18">
+      <c r="A67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B67" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C67" s="8">
+        <v>6549809</v>
+      </c>
+      <c r="D67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E67" s="8">
+        <v>273575</v>
+      </c>
+      <c r="F67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G67" s="8">
+        <v>703541</v>
+      </c>
+      <c r="H67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I67" s="8">
+        <v>22358</v>
+      </c>
+      <c r="J67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K67" s="8">
+        <v>572466</v>
+      </c>
+      <c r="L67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M67" s="8">
+        <v>10391</v>
+      </c>
+      <c r="N67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O67" s="8">
+        <v>7825816</v>
+      </c>
+      <c r="P67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q67" s="8">
+        <v>306324</v>
+      </c>
+      <c r="R67" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18">
+      <c r="A68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B68" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C68" s="8">
+        <v>14972710</v>
+      </c>
+      <c r="D68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E68" s="8">
+        <v>509396</v>
+      </c>
+      <c r="F68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G68" s="8">
+        <v>39053163</v>
+      </c>
+      <c r="H68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I68" s="8">
+        <v>1453433</v>
+      </c>
+      <c r="J68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K68" s="8">
+        <v>16333704</v>
+      </c>
+      <c r="L68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M68" s="8">
+        <v>505824</v>
+      </c>
+      <c r="N68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O68" s="8">
+        <v>70359577</v>
+      </c>
+      <c r="P68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q68" s="8">
+        <v>2468653</v>
+      </c>
+      <c r="R68" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18">
+      <c r="A69" t="s" s="7">
+        <v>31</v>
+      </c>
+      <c r="B69" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C69" s="8">
+        <v>245770</v>
+      </c>
+      <c r="D69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E69" s="8">
+        <v/>
+      </c>
+      <c r="F69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G69" s="8">
+        <v/>
+      </c>
+      <c r="H69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I69" s="8">
+        <v/>
+      </c>
+      <c r="J69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K69" s="8">
+        <v/>
+      </c>
+      <c r="L69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M69" s="8">
+        <v/>
+      </c>
+      <c r="N69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O69" s="8">
+        <v>245770</v>
+      </c>
+      <c r="P69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q69" s="8">
+        <v>0</v>
+      </c>
+      <c r="R69" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18">
+      <c r="A70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B70" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C70" s="8">
+        <v>1840</v>
+      </c>
+      <c r="D70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E70" s="8">
+        <v/>
+      </c>
+      <c r="F70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G70" s="8">
+        <v/>
+      </c>
+      <c r="H70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I70" s="8">
+        <v/>
+      </c>
+      <c r="J70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K70" s="8">
+        <v/>
+      </c>
+      <c r="L70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M70" s="8">
+        <v/>
+      </c>
+      <c r="N70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O70" s="8">
+        <v>1840</v>
+      </c>
+      <c r="P70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q70" s="8">
+        <v>0</v>
+      </c>
+      <c r="R70" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18">
+      <c r="A71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B71" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C71" s="8">
+        <v>17445</v>
+      </c>
+      <c r="D71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E71" s="8">
+        <v>149</v>
+      </c>
+      <c r="F71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G71" s="8">
+        <v/>
+      </c>
+      <c r="H71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I71" s="8">
+        <v/>
+      </c>
+      <c r="J71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K71" s="8">
+        <v/>
+      </c>
+      <c r="L71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M71" s="8">
+        <v/>
+      </c>
+      <c r="N71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O71" s="8">
+        <v>17445</v>
+      </c>
+      <c r="P71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q71" s="8">
+        <v>149</v>
+      </c>
+      <c r="R71" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18">
+      <c r="A72" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B72" t="s" s="9">
+        <v>22</v>
+      </c>
+      <c r="C72" s="10">
+        <v>22260069</v>
+      </c>
+      <c r="D72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E72" s="10">
+        <v>986947</v>
+      </c>
+      <c r="F72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G72" s="10">
+        <v>39756704</v>
+      </c>
+      <c r="H72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I72" s="10">
+        <v>1475791</v>
+      </c>
+      <c r="J72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K72" s="10">
+        <v>16906170</v>
+      </c>
+      <c r="L72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M72" s="10">
+        <v>516215</v>
+      </c>
+      <c r="N72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O72" s="10">
+        <v>78922943</v>
+      </c>
+      <c r="P72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q72" s="10">
+        <v>2978953</v>
+      </c>
+      <c r="R72" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18">
+      <c r="A73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B73" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C73" s="8">
+        <v>3978063</v>
+      </c>
+      <c r="D73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E73" s="8">
+        <v>1678672</v>
+      </c>
+      <c r="F73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G73" s="8">
+        <v/>
+      </c>
+      <c r="H73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I73" s="8">
+        <v/>
+      </c>
+      <c r="J73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K73" s="8">
+        <v/>
+      </c>
+      <c r="L73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M73" s="8">
+        <v/>
+      </c>
+      <c r="N73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O73" s="8">
+        <v>3978063</v>
+      </c>
+      <c r="P73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q73" s="8">
+        <v>1678672</v>
+      </c>
+      <c r="R73" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18">
+      <c r="A74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B74" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C74" s="8">
+        <v>59201199</v>
+      </c>
+      <c r="D74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E74" s="8">
+        <v>2372331</v>
+      </c>
+      <c r="F74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G74" s="8">
+        <v>6044030</v>
+      </c>
+      <c r="H74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I74" s="8">
+        <v>192254</v>
+      </c>
+      <c r="J74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K74" s="8">
+        <v>4356231</v>
+      </c>
+      <c r="L74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M74" s="8">
+        <v>79476</v>
+      </c>
+      <c r="N74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O74" s="8">
+        <v>69601460</v>
+      </c>
+      <c r="P74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q74" s="8">
+        <v>2644061</v>
+      </c>
+      <c r="R74" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18">
+      <c r="A75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B75" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C75" s="8">
+        <v>124642074</v>
+      </c>
+      <c r="D75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E75" s="8">
+        <v>4160345</v>
+      </c>
+      <c r="F75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G75" s="8">
+        <v>343427785</v>
+      </c>
+      <c r="H75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I75" s="8">
+        <v>12497555</v>
+      </c>
+      <c r="J75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K75" s="8">
+        <v>115640529</v>
+      </c>
+      <c r="L75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M75" s="8">
+        <v>3643359</v>
+      </c>
+      <c r="N75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O75" s="8">
+        <v>583710388</v>
+      </c>
+      <c r="P75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q75" s="8">
+        <v>20301259</v>
+      </c>
+      <c r="R75" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18">
+      <c r="A76" t="s" s="7">
+        <v>32</v>
+      </c>
+      <c r="B76" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C76" s="8">
+        <v>1941825</v>
+      </c>
+      <c r="D76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E76" s="8">
+        <v/>
+      </c>
+      <c r="F76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G76" s="8">
+        <v/>
+      </c>
+      <c r="H76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I76" s="8">
+        <v/>
+      </c>
+      <c r="J76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K76" s="8">
+        <v/>
+      </c>
+      <c r="L76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M76" s="8">
+        <v/>
+      </c>
+      <c r="N76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O76" s="8">
+        <v>1941825</v>
+      </c>
+      <c r="P76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q76" s="8">
+        <v>0</v>
+      </c>
+      <c r="R76" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18">
+      <c r="A77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B77" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C77" s="8">
+        <v>15707</v>
+      </c>
+      <c r="D77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E77" s="8">
+        <v/>
+      </c>
+      <c r="F77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G77" s="8">
+        <v/>
+      </c>
+      <c r="H77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I77" s="8">
+        <v/>
+      </c>
+      <c r="J77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K77" s="8">
+        <v/>
+      </c>
+      <c r="L77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M77" s="8">
+        <v/>
+      </c>
+      <c r="N77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O77" s="8">
+        <v>15707</v>
+      </c>
+      <c r="P77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q77" s="8">
+        <v>0</v>
+      </c>
+      <c r="R77" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18">
+      <c r="A78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B78" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C78" s="8">
+        <v>121969</v>
+      </c>
+      <c r="D78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E78" s="8">
+        <v>1378</v>
+      </c>
+      <c r="F78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G78" s="8">
+        <v/>
+      </c>
+      <c r="H78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I78" s="8">
+        <v/>
+      </c>
+      <c r="J78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K78" s="8">
+        <v/>
+      </c>
+      <c r="L78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M78" s="8">
+        <v/>
+      </c>
+      <c r="N78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O78" s="8">
+        <v>121969</v>
+      </c>
+      <c r="P78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q78" s="8">
+        <v>1378</v>
+      </c>
+      <c r="R78" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18">
+      <c r="A79" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B79" t="s" s="9">
+        <v>32</v>
+      </c>
+      <c r="C79" s="10">
+        <v>189900837</v>
+      </c>
+      <c r="D79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E79" s="10">
+        <v>8212726</v>
+      </c>
+      <c r="F79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G79" s="10">
+        <v>349471815</v>
+      </c>
+      <c r="H79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I79" s="10">
+        <v>12689809</v>
+      </c>
+      <c r="J79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K79" s="10">
+        <v>119996760</v>
+      </c>
+      <c r="L79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M79" s="10">
+        <v>3722835</v>
+      </c>
+      <c r="N79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O79" s="10">
+        <v>659369412</v>
+      </c>
+      <c r="P79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q79" s="10">
+        <v>24625370</v>
+      </c>
+      <c r="R79" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18">
+      <c r="A80" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:R5"/>
     <mergeCell ref="A6:R6"/>
     <mergeCell ref="A7:R7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="Q9:R9"/>